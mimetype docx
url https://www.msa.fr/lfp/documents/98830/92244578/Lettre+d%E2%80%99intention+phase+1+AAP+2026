--- v0 (2025-10-17)
+++ v1 (2026-02-09)
@@ -118,217 +118,197 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Lettre d’intention – phase 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14668E27" w14:textId="2F795E94" w:rsidR="00452227" w:rsidRPr="0096388D" w:rsidRDefault="00452227" w:rsidP="00427997">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096388D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A compléter et à retourner au plus tard le </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D681E93" w14:textId="0E4BAB07" w:rsidR="00452227" w:rsidRPr="0096388D" w:rsidRDefault="00870F58" w:rsidP="00427997">
+    <w:p w14:paraId="3D681E93" w14:textId="3529F923" w:rsidR="00452227" w:rsidRPr="0096388D" w:rsidRDefault="00277CB1" w:rsidP="00427997">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">18 février </w:t>
+      <w:r w:rsidRPr="00277CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lundi 12 janvier 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00452227" w:rsidRPr="00277CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">au soir avant </w:t>
+      </w:r>
+      <w:r w:rsidR="00452227" w:rsidRPr="00277CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>minuit</w:t>
       </w:r>
       <w:r w:rsidR="00452227" w:rsidRPr="0096388D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-        <w:t>5</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, heure de Paris, par mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30EDB">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidR="00951AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> simultanément</w:t>
       </w:r>
       <w:r w:rsidR="00452227" w:rsidRPr="0096388D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="C00000"/>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> à :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E69B96A" w14:textId="77777777" w:rsidR="00452227" w:rsidRPr="00100215" w:rsidRDefault="00951AAB" w:rsidP="00427997">
+    <w:p w14:paraId="5E69B96A" w14:textId="77777777" w:rsidR="00452227" w:rsidRPr="00100215" w:rsidRDefault="00277CB1" w:rsidP="00427997">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00452227" w:rsidRPr="00100215">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>ccmsa_scientific.blf@ccmsa.msa.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="18FB0F19" w14:textId="4CB109DE" w:rsidR="00452227" w:rsidRDefault="00951AAB" w:rsidP="00427997">
+    <w:p w14:paraId="18FB0F19" w14:textId="4CB109DE" w:rsidR="00452227" w:rsidRDefault="00277CB1" w:rsidP="00427997">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00196EE1" w:rsidRPr="004C64CB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>salome.aicha@ccmsa.msa.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3ED4655C" w14:textId="6415D84B" w:rsidR="00951AAB" w:rsidRDefault="00951AAB" w:rsidP="00427997">
+    <w:p w14:paraId="3ED4655C" w14:textId="6415D84B" w:rsidR="00951AAB" w:rsidRDefault="00277CB1" w:rsidP="00427997">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="0060343F">
+        <w:r w:rsidR="00951AAB" w:rsidRPr="0060343F">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ladriere.bastien@inma.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1A79C3FE" w14:textId="77777777" w:rsidR="00951AAB" w:rsidRDefault="00951AAB" w:rsidP="00427997">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:ins w:id="0" w:author="Bernard Salles" w:date="2025-10-14T18:44:00Z"/>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F78AFB4" w14:textId="7BEB899C" w:rsidR="003717DC" w:rsidRPr="00447ECB" w:rsidRDefault="005E0637" w:rsidP="00580D0C">
       <w:pPr>
@@ -7503,62 +7483,51 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications (3 à 6 des 5 dernières années) du porteur de projet et CV ainsi que les publications et CV des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BA1DC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>co-</w:t>
       </w:r>
       <w:r w:rsidR="00951AAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>appli</w:t>
-[...10 lines deleted...]
-        <w:t>quants</w:t>
+        <w:t>appliquants</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BA1DC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15A4F217" w14:textId="6AE6EDCF" w:rsidR="00B37263" w:rsidRDefault="00B37263" w:rsidP="002E79D9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
@@ -7959,56 +7928,235 @@
       <w:r w:rsidR="00143FEF" w:rsidRPr="00143FEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">inférieur à 10 est un critère de </w:t>
       </w:r>
       <w:r w:rsidR="000135AB" w:rsidRPr="00143FEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>non-éligibilité</w:t>
       </w:r>
       <w:r w:rsidR="00143FEF" w:rsidRPr="00143FEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3D747C35" w14:textId="7D1EC62C" w:rsidR="00A50586" w:rsidRDefault="00A50586" w:rsidP="00B8479C">
+  <w:p w14:paraId="3D747C35" w14:textId="299483B6" w:rsidR="00A50586" w:rsidRDefault="00277CB1" w:rsidP="00B8479C">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1827358566"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Margins)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <mc:AlternateContent>
+            <mc:Choice Requires="wps">
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="66C1386D" wp14:editId="0B0155FD">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="rightMargin">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:align>top</wp:align>
+                  </wp:positionV>
+                  <wp:extent cx="581025" cy="409575"/>
+                  <wp:effectExtent l="9525" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="3" name="Flèche : droite 3"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                      <wps:wsp>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm rot="10800000">
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="581025" cy="409575"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rightArrow">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 50278"/>
+                              <a:gd name="adj2" fmla="val 52482"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="C0504D"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="5C83B4"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="1D9E9C92" w14:textId="77777777" w:rsidR="00277CB1" w:rsidRDefault="00277CB1">
+                              <w:pPr>
+                                <w:pStyle w:val="Pieddepage"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:fldChar w:fldCharType="begin"/>
+                              </w:r>
+                              <w:r>
+                                <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+                              </w:r>
+                              <w:r>
+                                <w:fldChar w:fldCharType="separate"/>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                </w:rPr>
+                                <w:t>2</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                </w:rPr>
+                                <w:fldChar w:fldCharType="end"/>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="68E940E3" w14:textId="77777777" w:rsidR="00277CB1" w:rsidRDefault="00277CB1"/>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="bottomMargin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </mc:Choice>
+            <mc:Fallback>
+              <w:pict>
+                <v:shapetype w14:anchorId="66C1386D" id="_x0000_t13" coordsize="21600,21600" o:spt="13" adj="16200,5400" path="m@0,l@0@1,0@1,0@2@0@2@0,21600,21600,10800xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="val #1"/>
+                    <v:f eqn="sum height 0 #1"/>
+                    <v:f eqn="sum 10800 0 #1"/>
+                    <v:f eqn="sum width 0 #0"/>
+                    <v:f eqn="prod @4 @3 10800"/>
+                    <v:f eqn="sum width 0 @5"/>
+                  </v:formulas>
+                  <v:path o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="0,@1,@6,@2"/>
+                  <v:handles>
+                    <v:h position="#0,#1" xrange="0,21600" yrange="0,10800"/>
+                  </v:handles>
+                </v:shapetype>
+                <v:shape id="Flèche : droite 3" o:spid="_x0000_s1026" type="#_x0000_t13" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:45.75pt;height:32.25pt;rotation:180;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:top;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:bottom-margin-area;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/MrQ0OwIAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZH+a0HSVTVUlCkIq&#10;UKnwAI7tzRq8thk72ZSn4chzwIsx9m7TFG6IPVie8fibme/z7OL62GlykOCVNTUtJjkl0nArlNnV&#10;9NPHzas5JT4wI5i2Rtb0QXp6vXz5YtG7Spa2tVpIIAhifNW7mrYhuCrLPG9lx/zEOmnwsLHQsYAm&#10;7DIBrEf0Tmdlnr/OegvCgeXSe/Suh0O6TPhNI3n40DReBqJrirWFtEJat3HNlgtW7YC5VvGxDPYP&#10;VXRMGUx6glqzwMge1F9QneJgvW3ChNsus02juEw9YDdF/kc39y1zMvWC5Hh3osn/P1j+/nAHRIma&#10;XlBiWIcSbfSvH0j/z+8VEWBVkOQi0tQ7X2H0vbuD2Kh3t5Z/8cTYVcvMTt4A2L6VTGBxRYzPnl2I&#10;hserZNu/swKzsH2wibFjAx0Bi8oU+TyPX3IjNeSYdHo46SSPgXB0zuZFXs4o4Xg0za9ml7OUkFUR&#10;KxbnwIc30nYkbmoKateGVGCCZodbH5JYYmyZic8FJU2nUfsD02SWl5fz8W2cxZTPYsrpvBzzjojZ&#10;U+ZEkdVKbJTWyYDddqWBIHxNV/ksn67Hy/48TJsYbGy8FklkVfQkLiN9gwzhuD2OimyteEBWE3/4&#10;vnESsd/WwjdKenzVNfVf9wwkJfqtQWWuiuk0jkEycAPn3u2jlxmOEDUNlAzbVRhGZu8SlVHhocwb&#10;VLFR4VHuoZqxXnyxqYFxuuJInNsp6ukfsPwNAAD//wMAUEsDBBQABgAIAAAAIQAHddAl3AAAAAMB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3VRMiWk2pUSkIHgwLZXeptlpEpqd&#10;DdltE/+9qxe9DDze471vstVkOnGlwbWWFcxnEQjiyuqWawW77etDAsJ5ZI2dZVLwRQ5W+e1Nhqm2&#10;I3/QtfS1CCXsUlTQeN+nUrqqIYNuZnvi4J3sYNAHOdRSDziGctPJxyhaSIMth4UGeyoaqs7lxSiI&#10;8W38XMtil7xvXopDuU82HDml7u+m9RKEp8n/heEHP6BDHpiO9sLaiU5BeMT/3uA9z2MQRwWLpxhk&#10;nsn/7Pk3AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH8ytDQ7AgAASwQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAd10CXcAAAAAwEAAA8AAAAA&#10;AAAAAAAAAAAAlQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" o:allowincell="f" adj="13609,5370" fillcolor="#c0504d" stroked="f" strokecolor="#5c83b4">
+                  <v:textbox inset=",0,,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="1D9E9C92" w14:textId="77777777" w:rsidR="00277CB1" w:rsidRDefault="00277CB1">
+                        <w:pPr>
+                          <w:pStyle w:val="Pieddepage"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:fldChar w:fldCharType="begin"/>
+                        </w:r>
+                        <w:r>
+                          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+                        </w:r>
+                        <w:r>
+                          <w:fldChar w:fldCharType="separate"/>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          </w:rPr>
+                          <w:t>2</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          </w:rPr>
+                          <w:fldChar w:fldCharType="end"/>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="68E940E3" w14:textId="77777777" w:rsidR="00277CB1" w:rsidRDefault="00277CB1"/>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <w10:wrap anchorx="margin" anchory="margin"/>
+                </v:shape>
+              </w:pict>
+            </mc:Fallback>
+          </mc:AlternateContent>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00A50586">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67B69CBC" wp14:editId="4E19351F">
           <wp:extent cx="1187450" cy="557693"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -8472,51 +8620,50 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A7604C"/>
@@ -8561,50 +8708,51 @@
     <w:rsid w:val="00182C43"/>
     <w:rsid w:val="00194CD3"/>
     <w:rsid w:val="00196EE1"/>
     <w:rsid w:val="001A2AFE"/>
     <w:rsid w:val="001A511F"/>
     <w:rsid w:val="001A666F"/>
     <w:rsid w:val="001B281F"/>
     <w:rsid w:val="001D6744"/>
     <w:rsid w:val="001D6D81"/>
     <w:rsid w:val="001E72A4"/>
     <w:rsid w:val="001F0A38"/>
     <w:rsid w:val="001F659B"/>
     <w:rsid w:val="00205479"/>
     <w:rsid w:val="002157D5"/>
     <w:rsid w:val="002249DC"/>
     <w:rsid w:val="00224D6B"/>
     <w:rsid w:val="00231DA5"/>
     <w:rsid w:val="00237FCD"/>
     <w:rsid w:val="00244430"/>
     <w:rsid w:val="0024744C"/>
     <w:rsid w:val="0025131F"/>
     <w:rsid w:val="00263C25"/>
     <w:rsid w:val="00264932"/>
     <w:rsid w:val="00267671"/>
     <w:rsid w:val="00272237"/>
+    <w:rsid w:val="00277CB1"/>
     <w:rsid w:val="0029303E"/>
     <w:rsid w:val="00295A5C"/>
     <w:rsid w:val="002A3A48"/>
     <w:rsid w:val="002B54B4"/>
     <w:rsid w:val="002C6F2E"/>
     <w:rsid w:val="002D69E0"/>
     <w:rsid w:val="002E1DF8"/>
     <w:rsid w:val="002E730D"/>
     <w:rsid w:val="002E79D9"/>
     <w:rsid w:val="003005BF"/>
     <w:rsid w:val="00303F83"/>
     <w:rsid w:val="00312C9F"/>
     <w:rsid w:val="00312D0B"/>
     <w:rsid w:val="00323C1F"/>
     <w:rsid w:val="00324E36"/>
     <w:rsid w:val="00327A70"/>
     <w:rsid w:val="003320C9"/>
     <w:rsid w:val="00332997"/>
     <w:rsid w:val="00346F63"/>
     <w:rsid w:val="003532EF"/>
     <w:rsid w:val="003567AA"/>
     <w:rsid w:val="00360688"/>
     <w:rsid w:val="003717DC"/>
     <w:rsid w:val="003728C8"/>
     <w:rsid w:val="00373E26"/>
@@ -10075,70 +10223,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC72CA51-9530-47D4-A0C8-952090C73FC5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1130</Words>
-  <Characters>6219</Characters>
+  <Words>1132</Words>
+  <Characters>6231</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MSA – Appel à projets de recherche 2022 – Lettre d’intention</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7335</CharactersWithSpaces>
+  <CharactersWithSpaces>7349</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MSA – Appel à projets de recherche 2022 – Lettre d’intention</dc:title>
   <dc:subject/>
   <dc:creator>Delphine BURGUET</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>